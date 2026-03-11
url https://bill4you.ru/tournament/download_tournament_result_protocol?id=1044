--- v0 (2025-10-08)
+++ v1 (2026-03-11)
@@ -134,51 +134,51 @@
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Рязань</t>
   </si>
   <si>
     <t>Королёв</t>
   </si>
   <si>
-    <t>Касимов</t>
+    <t>посёлок станции Касимов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>