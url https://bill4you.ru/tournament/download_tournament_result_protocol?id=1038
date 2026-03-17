--- v0 (2025-10-08)
+++ v1 (2026-03-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t xml:space="preserve">Кубок России по снукеру среди мужчин 2022 [15кр] </t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>08.12.2022, PLAYPOOL, Россия, Санкт-Петербург, Коломяжский пр. 19,  к. 2,  ТЦ Капитолий</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -979,51 +979,51 @@
       </c>
       <c r="C19" s="8">
         <v>1984</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="8">
         <v>2004</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
         <v>1968</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F21" s="1"/>
@@ -1339,51 +1339,51 @@
       </c>
       <c r="C37" s="8">
         <v>2007</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
         <v>2005</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="8">
         <v>1984</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F39" s="1"/>