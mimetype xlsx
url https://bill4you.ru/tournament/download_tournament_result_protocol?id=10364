--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -140,108 +140,108 @@
   <si>
     <t>Гришаков Вадим</t>
   </si>
   <si>
     <t>Ковалев Oлег</t>
   </si>
   <si>
     <t>Крутиков Алексей</t>
   </si>
   <si>
     <t>Лазарчик Егор</t>
   </si>
   <si>
     <t>Луговский Андрей</t>
   </si>
   <si>
     <t>Марутко Александр</t>
   </si>
   <si>
     <t>Мухамеджан Ербол</t>
   </si>
   <si>
     <t>Потрубейко Дмитрий</t>
   </si>
   <si>
+    <t>Потяг Александр</t>
+  </si>
+  <si>
     <t>Пригодич Виталий</t>
   </si>
   <si>
     <t>Прудилко Денис</t>
   </si>
   <si>
     <t>Титов Владислав</t>
   </si>
   <si>
     <t>Шауро Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Potsiah Aliaksandr</t>
   </si>
   <si>
     <t>Бондаренко Евгений</t>
   </si>
   <si>
     <t>Вальшонок Никита</t>
   </si>
   <si>
     <t>Верин Андрей</t>
   </si>
   <si>
     <t>Волнистый Евгений</t>
   </si>
   <si>
     <t>Галин Борис</t>
+  </si>
+  <si>
+    <t>Гриб Роберт</t>
   </si>
   <si>
     <t>Жевнерович Константин</t>
   </si>
   <si>
     <t>Коршунов Матвей</t>
   </si>
   <si>
     <t>Маркевич Игорь</t>
   </si>
   <si>
     <t>Николаев Егор</t>
   </si>
   <si>
     <t>Опарин Антон</t>
   </si>
   <si>
     <t>Паламарчук Вадим</t>
   </si>
   <si>
     <t>Свиридов Алексей</t>
   </si>
   <si>
     <t>Субоч Дмитрий</t>
   </si>
   <si>
     <t>Хотько Константин</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hryb Robert</t>
   </si>
   <si>
     <t>Хомицевич Юрий</t>
   </si>
   <si>
     <t>Шагинов Андрей</t>
   </si>
   <si>
     <t>Шафранский Вячеслав</t>
   </si>
   <si>
     <t>Грицай Дмитрий</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
@@ -1314,137 +1314,137 @@
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>1995</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
-        <v>1981</v>
+        <v>1977</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
-        <v>1987</v>
+        <v>1981</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
-        <v>2000</v>
+        <v>1987</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="8">
-        <v>1977</v>
+        <v>1994</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="8">
         <v>1973</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
@@ -1514,231 +1514,231 @@
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>1955</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
-        <v>1997</v>
+        <v>1967</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8">
-        <v>1991</v>
+        <v>1997</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C47" s="8">
-        <v>2002</v>
+        <v>1991</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C48" s="8">
-        <v>1977</v>
+        <v>2002</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C49" s="8">
-        <v>1986</v>
+        <v>1977</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C50" s="8">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C51" s="8">
-        <v>1980</v>
+        <v>1985</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C52" s="8">
         <v>1980</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C53" s="8">
-        <v>1970</v>
+        <v>1980</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C54" s="8">
-        <v>1967</v>
+        <v>1970</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C55" s="8">
         <v>1987</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E55" s="9" t="s">