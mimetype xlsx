--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -191,63 +191,63 @@
   <si>
     <t>Бралковский Никита</t>
   </si>
   <si>
     <t>Головач Семен</t>
   </si>
   <si>
     <t>Гришаков Вадим</t>
   </si>
   <si>
     <t>Драгун Юрий</t>
   </si>
   <si>
     <t>Коршунов Матвей</t>
   </si>
   <si>
     <t>Крупский Евгений</t>
   </si>
   <si>
     <t>Микульский Руслан</t>
   </si>
   <si>
     <t>Нестерович Олег</t>
   </si>
   <si>
+    <t>Потяг Александр</t>
+  </si>
+  <si>
     <t>Тихонович Александр</t>
   </si>
   <si>
     <t>Хотько Константин</t>
   </si>
   <si>
     <t>Шейнин Андреи</t>
   </si>
   <si>
     <t>Шилович Владимир</t>
-  </si>
-[...1 lines deleted...]
-    <t>Potsiah Aliaksandr</t>
   </si>
   <si>
     <t>Буслович Александр</t>
   </si>
   <si>
     <t>Волнистый Евгений</t>
   </si>
   <si>
     <t>Дулькевич Павел</t>
   </si>
   <si>
     <t>Ефременко Милена</t>
   </si>
   <si>
     <t>Жуковский Егор</t>
   </si>
   <si>
     <t>Коршаков Сергей</t>
   </si>
   <si>
     <t>Косьмин Андрей</t>
   </si>
   <si>
     <t>Левинсон Арсений</t>
   </si>
@@ -943,51 +943,51 @@
       </c>
       <c r="C12" s="8">
         <v>1981</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="8">
         <v>2014</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>98</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="8">
         <v>2009</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F14" s="1"/>
@@ -1696,137 +1696,137 @@
       </c>
       <c r="B50" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C50" s="8">
         <v>1986</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>93</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>98</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="8">
-        <v>1987</v>
+        <v>1977</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>98</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C52" s="8">
-        <v>1970</v>
+        <v>1987</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>98</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C53" s="8">
-        <v>1991</v>
+        <v>1970</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C54" s="8">
-        <v>1980</v>
+        <v>1991</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C55" s="8">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="8">
         <v>1989</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>92</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>98</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>