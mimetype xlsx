--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -53,90 +53,90 @@
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Еркулев Олег</t>
   </si>
   <si>
     <t>Кудряшов Степан</t>
   </si>
   <si>
-    <t>Санаров Евгений</t>
+    <t>Зацаринин Александр</t>
   </si>
   <si>
-    <t>Зацаринин Александр</t>
+    <t>Санаров Евгений</t>
   </si>
   <si>
     <t>Апресян Гамлет</t>
   </si>
   <si>
     <t>Хмелевских Николай</t>
   </si>
   <si>
+    <t>Назаренко Дмитрий</t>
+  </si>
+  <si>
     <t>Ромашкин Владимир</t>
   </si>
   <si>
-    <t>Назаренко Дмитрий</t>
+    <t>Кленин Валерий</t>
+  </si>
+  <si>
+    <t>Кузнецов Роман</t>
+  </si>
+  <si>
+    <t>Аббасов Руслан</t>
+  </si>
+  <si>
+    <t>Митрофанов Дмитрий</t>
+  </si>
+  <si>
+    <t>Ушаков Александр</t>
+  </si>
+  <si>
+    <t>Тажгулов Амир</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Давыдов Евгений</t>
-  </si>
-[...16 lines deleted...]
-    <t>Ушаков Александр</t>
   </si>
   <si>
     <t>Дудоров Вячеслав</t>
   </si>
   <si>
     <t>Сомов Сергей</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
@@ -849,313 +849,313 @@
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10">
         <v>3</v>
       </c>
       <c r="B20" s="11">
         <v>5</v>
       </c>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11" t="s">
         <v>39</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="9"/>
       <c r="B21" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="C21" s="9"/>
+      <c r="C21" s="9">
+        <v>2004</v>
+      </c>
       <c r="D21" s="9" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E21" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="9"/>
       <c r="B22" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="C22" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C22" s="9"/>
       <c r="D22" s="9" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="3">
       <c r="A23" s="9"/>
       <c r="B23" s="12"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="12"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11" t="s">
         <v>39</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>19</v>
       </c>
-      <c r="C25" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C25" s="9"/>
       <c r="D25" s="9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="C26" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C26" s="9"/>
       <c r="D26" s="9" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="11">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11" t="s">
         <v>39</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="9"/>
       <c r="B29" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="C29" s="9"/>
+      <c r="C29" s="9">
+        <v>1975</v>
+      </c>
       <c r="D29" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E29" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C30" s="9"/>
       <c r="D30" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B32" s="11">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11" t="s">
         <v>39</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="9"/>
       <c r="B33" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="C33" s="9"/>
+      <c r="C33" s="9">
+        <v>1981</v>
+      </c>
       <c r="D33" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E33" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="9"/>
       <c r="B34" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C34" s="9">
-        <v>1975</v>
+        <v>1989</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>34</v>
       </c>
       <c r="E34" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="3">
       <c r="A35" s="9"/>
       <c r="B35" s="12"/>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="12"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="11">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11" t="s">
         <v>39</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="9"/>
       <c r="B37" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C37" s="9">
-        <v>1989</v>
+        <v>1986</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E37" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="9"/>
       <c r="B38" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="9">
-        <v>1981</v>
+        <v>1995</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E38" s="12" t="s">
         <v>39</v>
       </c>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="3">
       <c r="A39" s="9"/>
       <c r="B39" s="12"/>
       <c r="C39" s="9"/>
       <c r="D39" s="9"/>
       <c r="E39" s="12"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="10">
         <v>9</v>
       </c>
       <c r="B40" s="11">
         <v>7</v>
       </c>