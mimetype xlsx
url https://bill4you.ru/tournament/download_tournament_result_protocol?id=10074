--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -1376,51 +1376,51 @@
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
         <v>1985</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>142</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>141</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>146</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>1989</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>141</v>
       </c>
       <c r="E30" s="9" t="s">