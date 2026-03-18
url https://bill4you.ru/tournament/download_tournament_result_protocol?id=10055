--- v0 (2026-01-29)
+++ v1 (2026-03-18)
@@ -883,51 +883,51 @@
       </c>
       <c r="C9" s="8">
         <v>2014</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="8">
         <v>2013</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="8">
         <v>2013</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F11" s="1"/>
@@ -1043,51 +1043,51 @@
       </c>
       <c r="C17" s="8">
         <v>2014</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>91</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="8">
         <v>2014</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="8">
         <v>2016</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>92</v>
       </c>
       <c r="F19" s="1"/>